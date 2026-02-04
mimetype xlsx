--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1250" uniqueCount="573">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1760" uniqueCount="783">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -153,668 +153,1133 @@
   <si>
     <t>Emenda Modificativa  ao projeto  de lei 020-Lei orçamentaria para 2026</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Emenda Modificativa 008 ao projeto de lei nº 020-Lei orçamentaria para 2026</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Emenda aditiva nº 009 ao projeto de lei nº 020-Lei Orçamentaria para 2026</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>10</t>
+    <t>11</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2323/emenda_aditiva_ao_projeto_de_lei_28.2025_ppa.pdf</t>
   </si>
   <si>
     <t>Adita Seção e artigos ao Projeto de Lei que “Dispõe sobre o Plano Plurianual do Município de Ourilândia do Norte para o período de 2026 a 2029”, a fim de instituir a Agenda Transversal dos Direitos de Crianças e Adolescentes, conforme recomendações técnicas do Selo UNICEF – Edição 2025/2028.</t>
   </si>
   <si>
+    <t>2377</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2377/emenda_do_presidente_da_comissao_no_012.pdf</t>
+  </si>
+  <si>
+    <t>Suplementa a dotação de reserva de contingencia do projeto nº 035-2025</t>
+  </si>
+  <si>
+    <t>2370</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Reginaldo Acapu</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2370/emenda_aditiva_no_013-reginaldo.pdf</t>
+  </si>
+  <si>
+    <t>Reforma  de quadra esportivas em bairros</t>
+  </si>
+  <si>
+    <t>2371</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2371/emenda_aditiva_no_014-reginaldo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de medicamentos éticos e genéricos especiais</t>
+  </si>
+  <si>
+    <t>2372</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Mutirão de cirurgia eletivas especiais</t>
+  </si>
+  <si>
+    <t>2373</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Genivan da Mata</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2373/emenda_aditiva_no_016-genivan.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização e ampliação da quadra esportiva do casulo 01</t>
+  </si>
+  <si>
+    <t>2374</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2374/emenda_aditiva_no_017-genivan.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de veículo ambulância equipado.</t>
+  </si>
+  <si>
+    <t>2375</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Cesar Goleiro</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2375/emenda_aditiava_no_018-cesar.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do PSF João Batista Nazário de Lima</t>
+  </si>
+  <si>
+    <t>2376</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2376/emenda_aditiva_no_019-cesar.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de ônibus para a Associação Vila Nova</t>
+  </si>
+  <si>
+    <t>2331</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Charles Gutierre</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2331/emenda_aditiva_no_020-charles.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de um Ônibus para 46 passageiro</t>
+  </si>
+  <si>
+    <t>2332</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2332/emenda_aditiva_no_021-charles.pdf</t>
+  </si>
+  <si>
+    <t>Mutirão  de cirurgia eletivas, com redução nas filas do sus.</t>
+  </si>
+  <si>
+    <t>2333</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2333/emenda_aditiva_no_022-charles.pdf</t>
+  </si>
+  <si>
+    <t>Exames de media e alta complexidade.</t>
+  </si>
+  <si>
+    <t>2334</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Renivaldo</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2334/emenda_aditiva_n_023-renivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Realização de exames complementares de media e alta complexidade</t>
+  </si>
+  <si>
+    <t>2335</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2335/emenda_aditiva_no_024-renivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de um  ônibus para a associação Vila Nova futebol Clube.</t>
+  </si>
+  <si>
+    <t>2336</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2336/emenda_aditiva_no_025-renivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Substituição de pontes de madeira por aduelas de concreto na vicinal Placa da Bateia.</t>
+  </si>
+  <si>
+    <t>2337</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Fabricio Pouca Sombra</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2337/emenda_individual_no_026-fabricio.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Ambulância equipada para o FMS</t>
+  </si>
+  <si>
+    <t>2338</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2338/emenda_aditiva_no_027-fabricio.pdf</t>
+  </si>
+  <si>
+    <t>Construção de tanques de psicultura para agricultura familiar.</t>
+  </si>
+  <si>
+    <t>2339</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Auderisa</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2339/emenda_atitiva_no_028-auderisa.pdf</t>
+  </si>
+  <si>
+    <t>Reforço de dotação para o custeio de insumos do CEO</t>
+  </si>
+  <si>
+    <t>2340</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2340/emenda_aditiva_no_029-auderisa.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição e doação de órteses e meios auxiliares de locomoção</t>
+  </si>
+  <si>
+    <t>2341</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2341/emenda_aditiva_no_030-auderisa.pdf</t>
+  </si>
+  <si>
+    <t>Reforço para mutirão de cirurgias eletivas especializadas.</t>
+  </si>
+  <si>
+    <t>2342</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_no031-auderisa.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos especializados para fisioterapia,ginecologia e fonoaudiologia.</t>
+  </si>
+  <si>
+    <t>2343</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2343/emenda_aditiva_no_032-auderisa.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de insumos hospitalares para o Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>2344</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2344/emenda_aditiva_no_033-auderisa.pdf</t>
+  </si>
+  <si>
+    <t>Custeio do programa minha carteira CNH</t>
+  </si>
+  <si>
+    <t>2345</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_aditiva_no_034-auderisa.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de material de construção para programa habitacionais</t>
+  </si>
+  <si>
+    <t>2346</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Dr. Veloso</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2346/emenda_aditiva_no_035-veloso.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de medicamento para distribuição na faramacia basica</t>
+  </si>
+  <si>
+    <t>2347</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2347/emenda_aditiva_no_036-veloso.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de ônibus para a associação Vila Nova futebol clube</t>
+  </si>
+  <si>
+    <t>2348</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2348/emenda_aditivano__037-veloso.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um galpão para associação de ciclistas.</t>
+  </si>
+  <si>
+    <t>2349</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2349/emenda_aditiva_no_038-marcio.pdf</t>
+  </si>
+  <si>
+    <t>Exames complementares de média e alta Complexidade</t>
+  </si>
+  <si>
+    <t>2350</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Marcio Negão</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2350/emenda_aditiva_no_039-marcio.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de ônibus para a associação de futebol Vila Nova</t>
+  </si>
+  <si>
+    <t>2351</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2351/emenda_aditiva_no_040-marcio.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um galpão para a Associação de ciclistas</t>
+  </si>
+  <si>
+    <t>2352</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2352/emenda_aditiva_no_041-edivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição e doação   órtses e meio auxiliares de locomoção</t>
+  </si>
+  <si>
+    <t>2353</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2353/emenda_aditiva_no_042-edivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de galpão e refeitório para a Associação dos ciclistas</t>
+  </si>
+  <si>
+    <t>2354</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2354/emenda_aditiva_no_043-edivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de implementos agrícolas para os produtores rurais</t>
+  </si>
+  <si>
+    <t>2355</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Cleber do Lau</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2355/emenda_aditiva_no_044-cleber.pdf</t>
+  </si>
+  <si>
+    <t>Construção e instalação de poço artesiano na zona rural para a agricultura</t>
+  </si>
+  <si>
+    <t>2356</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2356/emenda_aditiva_no_045-cleber.pdf</t>
+  </si>
+  <si>
+    <t>Assistência farmacêutica aquisição de medicamentos  éticos</t>
+  </si>
+  <si>
+    <t>2357</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2357/emenda_aditiva_no_046-cleber.pdf</t>
+  </si>
+  <si>
+    <t>Realização de  exames complementares de média e alta complexidade.</t>
+  </si>
+  <si>
+    <t>2358</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2358/emenda_aditiva_no_047-euder.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de veiculo (ambulância equipada) material permanente.</t>
+  </si>
+  <si>
+    <t>2359</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2359/emenda_aditiva_no_048-euder.pdf</t>
+  </si>
+  <si>
+    <t>transferência para associação Casa de Davi</t>
+  </si>
+  <si>
+    <t>2360</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2360/emenda_aditiva_no_049-euder.pdf</t>
+  </si>
+  <si>
+    <t>construção e instalação de poços artesianos para zona rural</t>
+  </si>
+  <si>
+    <t>2361</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Raimundin 11 Irmãos</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2361/emenda_aditiva_no_050-raimundo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de medicamento para farmácia básica suplementação</t>
+  </si>
+  <si>
+    <t>2362</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2362/emenda_aditiva_051-raimundinho.pdf</t>
+  </si>
+  <si>
+    <t>Realização de cirurgia eletivas de média e alta complexidade.</t>
+  </si>
+  <si>
+    <t>2363</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2363/emenda_aditiva_no_052-raimundinho.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Ônibus de 46 lugares para associação Vila Nova futebol clube</t>
+  </si>
+  <si>
+    <t>2364</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2364/emenda_aditiva_no_053-raimundinho.pdf</t>
+  </si>
+  <si>
+    <t>Construção e instalação de poços artesianos na zona rural</t>
+  </si>
+  <si>
+    <t>2365</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2365/emenda_de_bancadas_no_054-mdb-pp-ubrasil.pdf</t>
+  </si>
+  <si>
+    <t>construção de um  posto de saúde no projeto casulo 02</t>
+  </si>
+  <si>
+    <t>2366</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2366/emenda_de_bancada_055-mdb-pp-ubrasil.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do alambrado e dos bancos de reserva do estádio municipal Necão</t>
+  </si>
+  <si>
+    <t>2367</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2367/emenda_de_bancada_no_056-mdb-pp-u_brasil.pdf</t>
+  </si>
+  <si>
+    <t>Construção da rotatória da avenida das nações com a Rua Ceará</t>
+  </si>
+  <si>
+    <t>2368</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2368/emenda_de_bancada_pl_no_057.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de ambulância para transporte de pacientes</t>
+  </si>
+  <si>
+    <t>2369</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2369/emenda_de_bancada__pl_no_058.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de caminhao 3/4 para associação dos produtores da agricultura familiar dos 4 Barracos</t>
+  </si>
+  <si>
+    <t>2384</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2384/emenda_modificativa_no_064-renivaldo.pdf</t>
+  </si>
+  <si>
+    <t>Modifica a redação do artigo 10 do projeto de lei nº 035-2025</t>
+  </si>
+  <si>
+    <t>2383</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2383/emenda_do_presidente_da_camara_no_065.pdf</t>
+  </si>
+  <si>
+    <t>A presente Emenda  Modificativa visa segurar o equilíbrio operacional do Poder Legislativo Municipal</t>
+  </si>
+  <si>
     <t>2163</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Cesar Goleiro</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_001_walmy_cesar.docx</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal que determine a secretaria competente a proceder a construção de lombadas (quebra mola), na avenida independência e PA 279.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_002-3edivaldo.pdf</t>
   </si>
   <si>
     <t>Solicita do executivo para proceder o trabalho de recuperação das pontes, e inspeção técnica,limpeza das áreas que se encontram em estado precário.</t>
   </si>
   <si>
     <t>2170</t>
-  </si>
-[...1 lines deleted...]
-    <t>Charles Gutierre</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_no_003-charles.pdf</t>
   </si>
   <si>
     <t>“Indica ao Exmo. Sr. Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que determine à Secretaria de Obras a_x000D_
 proceder a realização do manilhamento do esgoto na Rua Avenida República do Brasil,_x000D_
 especificamente no trecho que atravessa a Rua Mato Grosso, Localizado no Setor Cooperlândia,_x000D_
 atrás do Petro Posto Xingu”.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_no_004-charles.pdf</t>
   </si>
   <si>
     <t>– “Indica ao Exmo. Sr. Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que determine a revitalização do Estádio_x000D_
 Necão”.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Cleber do Lau</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_no_005-cleber.pdf</t>
   </si>
   <si>
     <t>– “Indica ao Exmo. Sr. Prefeito_x000D_
 Municipal Dr. JÚLIO CÉSAR DAIREL que determine a Secretaria de Obras a proceder o_x000D_
 trabalho de construção e regularização do estacionamento em frente ao Mine shopping Ipê bem_x000D_
 como do Supermercado Giro e feirão dos móveis Magazine”.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_no_006-cleber.pdf</t>
   </si>
   <si>
     <t>– “Indica ao Exmo. Sr. Prefeito_x000D_
 Municipal Dr. JÚLIO CÉSAR DAIREL que determine a construção de uma rotatória na_x000D_
 bifurcação da rua Ceara com a avenida das Nações”.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>Fabricio Pouca Sombra</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_007-fabricio.pdf</t>
   </si>
   <si>
     <t>– “Indica ao Exmo. Sr. Prefeito_x000D_
 Municipal Dr. JÚLIO CÉSAR DAIREL que determine a secretaria de Obras a proceder o_x000D_
 trabalho de adequação e regulamentação do acesso ao estacionamento dos estabelecimentos_x000D_
 comerciais próximo a loja o boticário na avenida das nações”.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>Auderisa</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_008-auderisa.pdf</t>
   </si>
   <si>
     <t>– “Indico ao Exmo. Sr._x000D_
 Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que seja feita a aquisição/locação de transporte_x000D_
 limpa fossa para atender as demandas do município”.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_no_009-auderisa.pdf</t>
   </si>
   <si>
     <t>– “Indico ao Exmo. Sr._x000D_
 Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que determine a secretaria de Obras a proceder_x000D_
 o trabalho de restaurações e limpezas nas ruas do bairro JP”</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_no_10-auderisa.pdf</t>
   </si>
   <si>
     <t>– “Indico ao Exmo. Sr._x000D_
 Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que determine a secretaria de Obras que seja_x000D_
 feita restauração/revitalização da praça de eventos Adília Borges”</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>11</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_no_11-raimundinho.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da estrada vicinal Quatro Barracos e a colocação de linhas de manilhas na mesma.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>12</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_no_012-veloso.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL para que seja feita a criação do Projeto de assentamento comunitário de Agricultura Familiar Casulo IV</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_no_013_-veloso.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo a necessidade de restabelecer 2 lombadas em frente ao posto Avenida.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2188/indicacao_no_014-veloso.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo a proibição de estacionamento de veiculo entre a Caixa Econômica e Drogaria Sales.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>15</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_15-genivan_e_edvaldo.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo a reforma completa da Praça da Bíblia.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_016-genivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo que construa quebra-molas em frente a EMEI Balão Mágico.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao Executivo que proceda com a iluminação pública na Praça de Eventos Adilia.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_no_018-genivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo que construa quebra-molas na Vicinal Picadão, no cruzamento com a vicinal 4 mil metros</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_no_019-cleber.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo que crie e estruture a secretaria da mulher.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao Prefeito municipal que determine que secretaria competente a proceder o trabalho de revitalização,limpeza e reforma da praça do garimpeiro de Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>21</t>
-[...4 lines deleted...]
-  <si>
     <t>Indica ao prefeito municipal que determine à secretaria competente a proceder o trabalho de revitalização,limpeza das ruas do bairro JP.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que determine a secretaria competente a proceder o trabalho de recuperação e revitalização da praça e playground do setor supra citado (JP).</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que determine á secretaria de Obras a proceder o trabalho de recuperação, limpeza e revitalização das ruas e avenidas do setor em questão (JP).</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Dr. JÚLIO CÉSAR DAIREL que determine a secretaria competente a proceder o trabalho de revitalização, limpeza e reforma da praça do garimpeiro.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>solicita ao senhor prefeito uma Sala especial com tudo que for necessário, para o atendimento da mulher com assuntos referentes a políticas públicas.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>Indico ao senhor prefeito que providencie o conserto e ajuste nos postes de iluminação publica na Rua 10, Setor Alto Paraíso.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_no_027-marcio.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL que determine á secretaria competente a proceder o trabalho de revitalização, limpeza das ruas do bairro JP.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2212/indicacao_no_028-marcio.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. sr. Prefeito Municipal JULIO CÉSAR DAIREL, que determine à secretaria competente a proceder os serviços de reforma revitalização e instalação de playground infantil na praça do bairro JP.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_no_029-veloso.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Dr. JÚLIO CÉSAR DAIREL  a solicitação de aração de terra para plantação de cacau na localidade Casulo 3</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_no_030-veloso.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, a solicitação e implantação de duas lombadas na avenida Ype, Setor Joel Hermogenes, entre o comercial Peg Pag menos.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_no_031-cesar.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, a denominação da Casa dos Saberes, com nome da Professora Nerina Oliveira Castro de Matos.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_033-fabricio.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, que determine a secretaria de Obras o patrolamento da rua Cecilia Alves, localizada no Setor Independência.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, que determine a Secretaria de Obras o patrolamento da Estrada de Santa Inês ao distrito do Campinho</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_035-auderisa.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, a necessidade de implementação de reajuste salarial para os profissionais da saúde e Assistência Social, visando valorizar e reconhecer a importância desses profissionais na promoção do bem-estar e saúde da população.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_no_036-auderisa.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, que determine a restauração e manutenção dos aparelhos de exercício da academia ao ar livre localizada na avenida principal da Cidade.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_no_037-auderisa.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, que determine a Secretaria competente a restauração da avenida das Nações, em Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>38</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_no_038-auderisa.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo. sr. Prefeito Municipal Dr. JULIO CÉSAR DAIREL, que determine a Secretaria de Obras o patrolamento da vicinal Tabocão e Casulo II</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2230/indicacao_no_039.2025_-_escolinha_campinho-_euder.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo que seja adotada as providencias para construção de um Centro esportivo no Distrito do Campinho.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_no_040.2025_-_cemiterio_campinho-euder.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que sejam adotadas as providencias necessárias para a construção de um cemitério público no distrito do Campinho.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao poder Executivo a realização do patrolamento e cascalhamento nas comunidades quatro barracos.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao prefeito que seja feita a iluminação publica na Praça da Bíblia.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao prefeito municipal que construa uma Capela Mortuária no município de Ourilândia do norte.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao executivo para reforma do laboratório Municipal Lucivania Silva da Mata Gama</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no_050-2025_fabricio.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo a construção de pontos de ônibus cobertos nas vicinais atender os alunos da zona rural.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_no_051-2025-edivaldo.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito municipal que construa  quebra-molas na Rua Sergipe, em frente a Igreja Ministério de Deus Anápolis,no Setor Novo Horizonte.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_no_052-2025-edivaldo.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo instalação de iluminação publica na quadra esportiva situada na Rua 29*,Setor Paulista</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_no_053-2025-edivaldo.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo urgência  na resolução de problemas de esgoto no Setor Aeroporto.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_054-2025-auderisa.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo a criação do Conselho Municipal da mulher, no município de Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_055-genivan.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo a recuperação, patrolamento e Cascalhamento das estradas vicinal das zonas rurais do município.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_056_-charles.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo que faça a reforma completa da Biblioteca Municipal de Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_057-2025-edivaldo.pdf</t>
   </si>
   <si>
     <t>Indica ao  executivo a construção de cobertura no playgroud da creche Balão Mágico.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>58</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao prefeito a realização de serviços de asfaltamento na avenida principal do Distrito do Campinho</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Indica ao executivo aumentar o número de assistentes social na Secretaria de Promoção Social.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_602025_-_ourila.pdf</t>
   </si>
   <si>
     <t>Implantação de 2 (dois) quebra molas na Avenida dos Bosques, setor Cooperlândia, entre o Hotel Gold Park e o Lava Jato Brilhante em Ourilândia.</t>
   </si>
   <si>
     <t>2268</t>
@@ -834,99 +1299,90 @@
   <si>
     <t>62</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_622025_-_cemite.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Prefeito Municipal que determine à Secretaria de Obras a execução de reformas e construção no Cemitério Municipal de Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_no_063.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de realizar serviços de limpeza e manutenção nas ruas do setor JP</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>64</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica para destinação de área visando construção de cemitério local e aterro sanitário no distrito do campinho</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>65</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2281/cmonilg202500004.pdf</t>
   </si>
   <si>
     <t>Manutenção da ponta da Audeia Turedjam</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_no_000.2025_-_reajuste_psicologos.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal para que sejam adotadas as providências necessárias para o reajuste salarial dos profissionais de Psicologia da rede municipal de Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2282/cmonilg202500005.pdf</t>
   </si>
   <si>
     <t>Indicação para isenção de tributos municipais as Cooperativas de Reciclagem de Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>68</t>
-  </si>
-[...1 lines deleted...]
-    <t>Renivaldo</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no68_vereador_renivaldo.pdf</t>
   </si>
   <si>
     <t>O Vereador Renivaldo Martins Nunes, no uso de suas atribuições legais e_x000D_
 regimentais, vem respeitosamente apresentar a seguinte INDICAÇÃO: Para que o_x000D_
 Prefeito Municipal determine a Secretaria de Obras e ao Departamento de transito a_x000D_
 instalação de dois quebra-molas, na Avenida Contorno, no trecho compreendido_x000D_
 entre as Ruas Mato Grosso e Rio de Janeiro, próximo à Escola Machado de_x000D_
 Assis, no Setor Aeroporto em Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no69_vereador_renivaldo.pdf</t>
   </si>
   <si>
     <t>O Vereador Renivaldo Martins Nunes, no uso de suas atribuições legais e_x000D_
 regimentais, vem respeitosamente apresentar a seguinte INDICAÇÃO: Para que o_x000D_
 Prefeito Municipal determine a Secretaria de Obras e ao Departamento de transito a_x000D_
@@ -1235,50 +1691,128 @@
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2261/parecer_no_029-2025_ao_projeto_n_020.pdf</t>
   </si>
   <si>
     <t>Parecer nº 029 ao projeto de lei Orçamentaria nº 020-2025</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2270/parecer_no_031-2025_ao_decreto_na_005.pdf</t>
   </si>
   <si>
     <t>Julgamento da prestação de contas do Poder Executivo de responsabilidade do ex-prefeito Romildo Veloso e Silva</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2271/parecer_no_031-2025_ao_decreto_na_005.pdf</t>
   </si>
   <si>
     <t>Julgamento de contas do Poder Executivo de responsabilidade do Ex gestor Romildo Veloso e Silva</t>
   </si>
   <si>
+    <t>2324</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2324/parecer_no040-ppa.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA DO PARECER: PROJETO DE LEI PLANO PLURIANUAL (PPA) 2026–2029. OBRIGATORIEDADE DE PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTOS E TRIBUTAÇÃO. INCLUSÃO DA AGENDA TRANSVERSAL DOS DIREITOS DE CRIANÇAS E ADOLESCENTES (EMENDA ADITIVA Nº 011/2025). CONSONÂNCIA COM O SELO UNICEF E O ECA. CONSTITUCIONALIDADE, LEGALIDADE E COMPATIBILIDADE ORÇAMENTÁRIA E FINANCEIRA. PELA APROVAÇÃO.</t>
+  </si>
+  <si>
+    <t>2325</t>
+  </si>
+  <si>
+    <t>CLJRF - Constituição, Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2325/paarecer_no_041_ao_projeto_038-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer conjunto nº 041 ao projeto 038-que dispõe sobre alteração dos dispositivos e o Anexo Único da lei Municipal nº 904 de 2024, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2326</t>
+  </si>
+  <si>
+    <t>CLJRF - Comissão Permanente de Constituição, Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2326/parecer_no_042_ao_projeto_039-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parece conjunto nº 042 ao projeto de lei nº 039-2025-Institui a Politica Municipal de prevenção e enfrentamento da Exclusão Escolar da Educação Básica e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>2327</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2327/parecer_no_043-_ao_projeto_no_040-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto nº 043 ao projeto de lei nº 040-2025-Cria função gratificada de Diretor Escolar de Educação Infantil.</t>
+  </si>
+  <si>
+    <t>2328</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2328/parecer_no_044_ao_projeto_041-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto nº 044 ao projeto de lei nº 041- Declara e reconhece como de utilidade publica a associação Vila Nova futebol Clube</t>
+  </si>
+  <si>
+    <t>2385</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2385/parecer_no_045-loa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer nº 045 ao Projeto de Lei nº035-2025 LOA</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2330/parecer_046-2025-ppa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer nº 046-2025 propõe sua aprovação em segunda discussão, com a incorporação da emenda Aditiva n°011-2025</t>
+  </si>
+  <si>
+    <t>2386</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2386/parecer_no_047-redacao_final_loa.pdf</t>
+  </si>
+  <si>
+    <t>Parecer final nº 047-2025 -LOA</t>
+  </si>
+  <si>
     <t>2274</t>
   </si>
   <si>
     <t>PPA</t>
   </si>
   <si>
     <t xml:space="preserve">Plano Plurianual </t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2274/ppa-ourilandia-2026-2029-volume_unico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL 2026-2029 DO MUNICÍPIO DE OURILÂNDIA DO NORTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA - CMON-PA</t>
@@ -1577,53 +2111,50 @@
   <si>
     <t>Institui o" Programa Caminho Seguro" no âmbito do município de Ourilândia do Norte, autorizando parcerias público-privadas para instalação de iluminação solara com painéis publicitários em trechos urbanos vulneráveis, visando à melhoria da segurança pública, mobilidade urbana e qualidade de vida da população, e dá outras providências.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2290/projeto_de_lei_-_indenizacao_desapropriacao_lotes_ubs_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização fundiária mediante indenização por desapropriação por utilidade pública de imóveis ocupados em área destinada à construção de UBS.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2291/pl_000.2025_-_transporte_aplicativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do serviço de transporte remunerado privado individual de passageiros, intermediado por plataformas tecnológicas, no Município de Ourilândia do Norte/PA, e dá outras providências.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2294/projeto_de_lei_-_projeto_de_lei_-_altera_lei_no_668.2017_-_cica_anexo.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1º da Lei Municipal nº 668/2017, que dispõe sobre a denominação da unidade pública localizada na Vicinal Águas Claras, e dá outras providências.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2302/projeto_de_lei_-_autorizacao_desapropriacaao_parque_exposicoes_com_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desapropriar, por via amigável, imóvel destinado à implantação do Parque de Exposições Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2308/projeto_de_lei_-_altera_lei_no_891.2024_-_cmdca_fia_e_ct.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do artigo 60 da Lei Municipal nº 891/2024, para redefinir a vinculação administrativa do Conselho Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>2309</t>
@@ -1661,101 +2192,146 @@
   <si>
     <t>Cria a Função Gratificada de Diretor Escolar de Educação Infantil do Magistério Público Municipal, altera a Lei Municipal nº 358/2005 e a Lei Municipal nº 622/2015, e dá outras providências.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_041-2025_-charles1.pdf</t>
   </si>
   <si>
     <t>Declara e reconhece como de utilidade pública para o município de Ourilândia do Norte/PA., a Associação Vila Nova Futebol Clube de Ourilândia do Norte.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2318/pl_-_coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Coleta Seletiva com Inclusão Social e Econômica dos Catadores de Materiais Recicláveis, integra o Sistema de Logística Reversa, cria o Conselho Gestor de Resíduos Sólidos e dá outras providências.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2319/projeto_de_lei_043_2025_-_regulamentacao_das_emendas_de_bancada_e_impositivas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proposição e a execução de emendas impositivas, individuais e de bancada, na Lei Orçamentária Anual municipal, e que regulamenta os arts. 135-A e 135-B da Lei Orgânica do município de Ourilândia do Norte e dá outras providências.</t>
   </si>
   <si>
+    <t>2388</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2388/projeto_de_lei_altera_a_lei_697.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 697/2018, que dispõe sobre a reestruturação organizacional e o plano de carreira caros e salários dos servidores da Câmara Municipal e dá outras providências.</t>
+  </si>
+  <si>
     <t>2162</t>
   </si>
   <si>
     <t>PROJ</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2162/resolucao_suprimentos_de_fundos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão a aplicação e a prestação de contas do suprimento de fundos no âmbito da Câmara Municipal de Ourilândia do Norte, e dá outras providências.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2186/projeto_de_resolucao_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Extingue o cargo comissionado de Assessor de comunicação,criado pela Resolução nº 022/2024, no âmbito da Câmara Municipal de Ourilândia do Norte/Pa.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2198/projeto_de_resolucao_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Cria vaga adicional para o cargo comissionado de Assessor Especial do Gabinete da presidência no quadro de Pessoal da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto__de_resolucao_no_004-2025_-governo_digital.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os instrumentos e implantação do Governo Digital, no âmbito da Câmara Municipal de Ourilândia do Norte, bem como regulamenta a Lei Federal 14.129/2021, e dá outras providências.</t>
   </si>
   <si>
+    <t>2387</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2387/projeto_de_resolucao_emenda_na_resolucao_021_2024.pdf</t>
+  </si>
+  <si>
+    <t>Altera a resolução nº 021-2024 da Câmara Municipal de Ourilândia do Norte e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2391</t>
+  </si>
+  <si>
+    <t>RESOL</t>
+  </si>
+  <si>
+    <t>Resolução legislativa</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2391/resolucao_no_005-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 021-2024 da Câmara Municipal de Ourilândia do Norte e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>2329</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2329/requerimento_-_retirada_de_pauta_projeto_app.pdf</t>
+  </si>
+  <si>
+    <t>Retirada de proposição – Projeto de Lei nº 031/2025</t>
+  </si>
+  <si>
     <t>2273</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2273/veto_projeto_de_lei_no_027.2025_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Veto total ao projeto nº 027-2025</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>AN</t>
   </si>
   <si>
     <t>Anexos</t>
   </si>
   <si>
     <t>Impacto financeiro da desapropriação de imóvel urbano</t>
@@ -1764,50 +2340,104 @@
     <t>2312</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2312/estimativa_do_impacto_orcamentario_diretores.pdf</t>
   </si>
   <si>
     <t>Anexo ao Projeto de Lei que Cria a Função Gratificada de Diretor Escolar de Educação Infantil do Magistério Público Municipal, altera a Lei Municipal nº 358/2005 e a Lei Municipal nº 622/2015, e dá outras providências.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2306/impacto_orcamentario_e_declaracao_financeira.pdf</t>
   </si>
   <si>
     <t>Anexo ao Projeto de Lei nº 30 de 2025</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2304/impacto_e_declaracao_financeiro.pdf</t>
   </si>
   <si>
     <t>Anexo ao PL que autoriza o Poder Executivo a desapropriar, por via amigável, imóvel destinado à implantação do Parque de Exposições Municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2378</t>
+  </si>
+  <si>
+    <t>EDC</t>
+  </si>
+  <si>
+    <t>Emenda de Comissão</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2378/emenda_do_presidente_da_comissao_no_059.pdf</t>
+  </si>
+  <si>
+    <t>Modifica a redação do artigo 015 do projeto de 035-2025</t>
+  </si>
+  <si>
+    <t>2379</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2379/emenda_do_presidente_da_comissao_no_060.pdf</t>
+  </si>
+  <si>
+    <t>Modifica a redaação do artigo 12 do projeto de lei nº 035-2025</t>
+  </si>
+  <si>
+    <t>2380</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2380/emenda_do_presidente_da_comissao_no_061.pdf</t>
+  </si>
+  <si>
+    <t>Modifica a redação do artigo 13 e 14 do projeto de lei nº035-2025</t>
+  </si>
+  <si>
+    <t>2381</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2381/emenda_do_presidente_da_comissao_no_062.pdf</t>
+  </si>
+  <si>
+    <t>Adita o capitulo 05 ao projeto de lei nº035-2025</t>
+  </si>
+  <si>
+    <t>2382</t>
+  </si>
+  <si>
+    <t>ERCO</t>
+  </si>
+  <si>
+    <t>Emenda de Relator da Comissão de Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2382/emenda_do_relator_da_comissao_no_063.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2111,66 +2741,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2321/requerimento_001-_registro_de_chapa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2322/requerimento_002-registro_de_chapa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2168/emenda_aditiva_001_ao_projeto_de_lei_no005..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2182/emenda__modificativano_002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2323/emenda_aditiva_ao_projeto_de_lei_28.2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_001_walmy_cesar.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_002-3edivaldo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_no_003-charles.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_no_004-charles.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_no_005-cleber.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_no_006-cleber.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_007-fabricio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_008-auderisa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_no_009-auderisa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_no_10-auderisa.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_no_11-raimundinho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_no_012-veloso.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_no_013_-veloso.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2188/indicacao_no_014-veloso.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_15-genivan_e_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_016-genivan.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_no_018-genivan.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_no_019-cleber.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_no_027-marcio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2212/indicacao_no_028-marcio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_no_029-veloso.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_no_030-veloso.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_no_031-cesar.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_033-fabricio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_035-auderisa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_no_036-auderisa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_no_037-auderisa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_no_038-auderisa.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2230/indicacao_no_039.2025_-_escolinha_campinho-_euder.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_no_040.2025_-_cemiterio_campinho-euder.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no_050-2025_fabricio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_no_051-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_no_052-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_no_053-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_054-2025-auderisa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_055-genivan.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_056_-charles.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_057-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_602025_-_ourila.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_612025_-_ourila.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_622025_-_cemite.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_no_063.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2281/cmonilg202500004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_no_000.2025_-_reajuste_psicologos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2282/cmonilg202500005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no68_vereador_renivaldo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no69_vereador_renivaldo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2288/indicacao_no70_vereador_renivaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_vereador_renivaldo_ao_prefeito_municipal..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2295/indicacao_72-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_73-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2297/cmonass202500002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2298/cmonass202500003.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2299/cmonass202500004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2300/indicacao_77_de_dois_quebra-molas_em_frente_a_creche_balao_magico..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_-_078.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2307/cmonilg202500021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_no_080-2025_-marcio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2317/indicacao_no_000.2025_-_campanha_castracao_e_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_no_000.2025_-_construcao_calcada_proximo_tres_poderes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2305/ploa_2026_ourilandia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2226/p-ldo__no_020-2025-_2026_ourilandia_do_norte.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_raimundinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2314/declaracao_adequacao_orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2183/parecer_conjunto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2242/parecer_no_021-prestacao_de_contas_2011-.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2243/parecer_no_022_-prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2261/parecer_no_029-2025_ao_projeto_n_020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2270/parecer_no_031-2025_ao_decreto_na_005.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2271/parecer_no_031-2025_ao_decreto_na_005.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2274/ppa-ourilandia-2026-2029-volume_unico.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2158/decreto_leg_001-2025_comissoes_permanentes_-.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2223/projeto_de_decreto_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_decreto_no_004-prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2269/projeto_de_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2156/projeto_de_lei_no_001-_2025_alteracao_plano_de_cargos_lei_697.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2157/projeto_de_lei_002_-_2025_-_alteracao_do_piso_salarial_-_2025.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2159/projeto_de_lei_-_piso_salarial_do_magisterio_-_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_-_cmei_-_jeronimo_cabral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_-__005altera_lei_no_781.2021_apreensao_de_animais.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2165/projeto_de_lei__no_006_-_primeiros_socorros_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2166/projeto_de_lei_-_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_-_no_008_abertura_de_credito_especial_aldir_blanc_ii.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_lei_-_no_009-2025__criacao_de_cargos_-_sec._obras.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_lei_rev_salarial_serv_camara_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2185/projeto_de_lei_no_011-2025-cria_vaga_de_vigia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2197/01_pl_-_declaracao_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2224/projeto_de_lei_-_no_013-premio_escola_destaque_no_ideb.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_-_no_014-denomina_cras_-_pedro_rosa_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2208/projeto_de_lei_-no_015-_denomina_cras_-_aluiz_alves_alencar.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_-_no_016casa_dos_saberes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_de_lei_-_no_017_-cria_o_saeon.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2207/projeto_de_lei_-_018-_programa_alfabetiza_ourilandia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2227/projeto_de_lei_-_no_021-2025__altera_lei_no_813.2022_medico_especialista.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2228/pl_-022-2025-proibicao_de_musicas_obscenas_e_apologia_a_crimes_em_escolas-__euder.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2229/pl-023-2025-_leitura_biblica_como_recurso_paradidatico-_euder.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2232/projeto_d_elei_no_024-2025_-dide.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_-_altera_lei_no_871.2023_-_cargos_sec._obras_asfalto.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_lei_-_026-2025_lotes_casas_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2262/projeto_de_lei_no_027_2025_suplementacao_superavit_financeiro_1.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2272/ppa-ourilandia-2026-2029-volume_unico.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2285/projeto_de_lei_no_029_2025_institui_o_programa_caminho_seguro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2290/projeto_de_lei_-_indenizacao_desapropriacao_lotes_ubs_anexos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2291/pl_000.2025_-_transporte_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2294/projeto_de_lei_-_projeto_de_lei_-_altera_lei_no_668.2017_-_cica_anexo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2302/projeto_de_lei_-_autorizacao_desapropriacaao_parque_exposicoes_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2308/projeto_de_lei_-_altera_lei_no_891.2024_-_cmdca_fia_e_ct.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2309/projeto_de_lei_-_denomina_centro_municipal_de_mamografia_valderina_pereira_reges_soares.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2310/projeto_de_lei_-_altera_lei_no_899.204__diarias_agente_politico_e_servidores.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2311/projeto_de_lei_-_prevencao_e_enfrentamento_da_exclusao_escolar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_de_lei_-_diretor_educacao_infantil_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_041-2025_-charles1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2318/pl_-_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2319/projeto_de_lei_043_2025_-_regulamentacao_das_emendas_de_bancada_e_impositivas.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2162/resolucao_suprimentos_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2186/projeto_de_resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2198/projeto_de_resolucao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto__de_resolucao_no_004-2025_-governo_digital.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2273/veto_projeto_de_lei_no_027.2025_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2312/estimativa_do_impacto_orcamentario_diretores.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2306/impacto_orcamentario_e_declaracao_financeira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2304/impacto_e_declaracao_financeiro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2321/requerimento_001-_registro_de_chapa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2322/requerimento_002-registro_de_chapa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2168/emenda_aditiva_001_ao_projeto_de_lei_no005..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2182/emenda__modificativano_002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2323/emenda_aditiva_ao_projeto_de_lei_28.2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2377/emenda_do_presidente_da_comissao_no_012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2370/emenda_aditiva_no_013-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2371/emenda_aditiva_no_014-reginaldo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2373/emenda_aditiva_no_016-genivan.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2374/emenda_aditiva_no_017-genivan.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2375/emenda_aditiava_no_018-cesar.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2376/emenda_aditiva_no_019-cesar.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2331/emenda_aditiva_no_020-charles.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2332/emenda_aditiva_no_021-charles.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2333/emenda_aditiva_no_022-charles.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2334/emenda_aditiva_n_023-renivaldo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2335/emenda_aditiva_no_024-renivaldo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2336/emenda_aditiva_no_025-renivaldo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2337/emenda_individual_no_026-fabricio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2338/emenda_aditiva_no_027-fabricio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2339/emenda_atitiva_no_028-auderisa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2340/emenda_aditiva_no_029-auderisa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2341/emenda_aditiva_no_030-auderisa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_no031-auderisa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2343/emenda_aditiva_no_032-auderisa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2344/emenda_aditiva_no_033-auderisa.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_aditiva_no_034-auderisa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2346/emenda_aditiva_no_035-veloso.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2347/emenda_aditiva_no_036-veloso.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2348/emenda_aditivano__037-veloso.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2349/emenda_aditiva_no_038-marcio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2350/emenda_aditiva_no_039-marcio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2351/emenda_aditiva_no_040-marcio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2352/emenda_aditiva_no_041-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2353/emenda_aditiva_no_042-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2354/emenda_aditiva_no_043-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2355/emenda_aditiva_no_044-cleber.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2356/emenda_aditiva_no_045-cleber.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2357/emenda_aditiva_no_046-cleber.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2358/emenda_aditiva_no_047-euder.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2359/emenda_aditiva_no_048-euder.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2360/emenda_aditiva_no_049-euder.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2361/emenda_aditiva_no_050-raimundo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2362/emenda_aditiva_051-raimundinho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2363/emenda_aditiva_no_052-raimundinho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2364/emenda_aditiva_no_053-raimundinho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2365/emenda_de_bancadas_no_054-mdb-pp-ubrasil.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2366/emenda_de_bancada_055-mdb-pp-ubrasil.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2367/emenda_de_bancada_no_056-mdb-pp-u_brasil.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2368/emenda_de_bancada_pl_no_057.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2369/emenda_de_bancada__pl_no_058.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2384/emenda_modificativa_no_064-renivaldo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2383/emenda_do_presidente_da_camara_no_065.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_001_walmy_cesar.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_002-3edivaldo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_no_003-charles.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_no_004-charles.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_no_005-cleber.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_no_006-cleber.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_007-fabricio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_008-auderisa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_no_009-auderisa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_no_10-auderisa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_no_11-raimundinho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_no_012-veloso.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_no_013_-veloso.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2188/indicacao_no_014-veloso.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_15-genivan_e_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_016-genivan.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_no_018-genivan.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_no_019-cleber.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_no_027-marcio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2212/indicacao_no_028-marcio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_no_029-veloso.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_no_030-veloso.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_no_031-cesar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_033-fabricio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_035-auderisa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_no_036-auderisa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_no_037-auderisa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_no_038-auderisa.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2230/indicacao_no_039.2025_-_escolinha_campinho-_euder.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_no_040.2025_-_cemiterio_campinho-euder.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no_050-2025_fabricio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_no_051-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_no_052-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_no_053-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_054-2025-auderisa.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_055-genivan.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_056_-charles.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_057-2025-edivaldo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_602025_-_ourila.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_612025_-_ourila.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_622025_-_cemite.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_no_063.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2281/cmonilg202500004.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_no_000.2025_-_reajuste_psicologos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2282/cmonilg202500005.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no68_vereador_renivaldo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no69_vereador_renivaldo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2288/indicacao_no70_vereador_renivaldo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_vereador_renivaldo_ao_prefeito_municipal..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2295/indicacao_72-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_73-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2297/cmonass202500002.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2298/cmonass202500003.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2299/cmonass202500004.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2300/indicacao_77_de_dois_quebra-molas_em_frente_a_creche_balao_magico..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_-_078.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2307/cmonilg202500021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_no_080-2025_-marcio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2317/indicacao_no_000.2025_-_campanha_castracao_e_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_no_000.2025_-_construcao_calcada_proximo_tres_poderes.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2305/ploa_2026_ourilandia.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2226/p-ldo__no_020-2025-_2026_ourilandia_do_norte.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_raimundinho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2314/declaracao_adequacao_orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2183/parecer_conjunto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2242/parecer_no_021-prestacao_de_contas_2011-.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2243/parecer_no_022_-prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2261/parecer_no_029-2025_ao_projeto_n_020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2270/parecer_no_031-2025_ao_decreto_na_005.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2271/parecer_no_031-2025_ao_decreto_na_005.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2324/parecer_no040-ppa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2325/paarecer_no_041_ao_projeto_038-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2326/parecer_no_042_ao_projeto_039-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2327/parecer_no_043-_ao_projeto_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2328/parecer_no_044_ao_projeto_041-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2385/parecer_no_045-loa.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2330/parecer_046-2025-ppa.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2386/parecer_no_047-redacao_final_loa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2274/ppa-ourilandia-2026-2029-volume_unico.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2158/decreto_leg_001-2025_comissoes_permanentes_-.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2223/projeto_de_decreto_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_decreto_no_004-prestacao_de_contas_2012.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2269/projeto_de_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2156/projeto_de_lei_no_001-_2025_alteracao_plano_de_cargos_lei_697.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2157/projeto_de_lei_002_-_2025_-_alteracao_do_piso_salarial_-_2025.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2159/projeto_de_lei_-_piso_salarial_do_magisterio_-_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_-_cmei_-_jeronimo_cabral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_-__005altera_lei_no_781.2021_apreensao_de_animais.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2165/projeto_de_lei__no_006_-_primeiros_socorros_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2166/projeto_de_lei_-_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_-_no_008_abertura_de_credito_especial_aldir_blanc_ii.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_lei_-_no_009-2025__criacao_de_cargos_-_sec._obras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_lei_rev_salarial_serv_camara_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2185/projeto_de_lei_no_011-2025-cria_vaga_de_vigia.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2197/01_pl_-_declaracao_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2224/projeto_de_lei_-_no_013-premio_escola_destaque_no_ideb.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_-_no_014-denomina_cras_-_pedro_rosa_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2208/projeto_de_lei_-no_015-_denomina_cras_-_aluiz_alves_alencar.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_-_no_016casa_dos_saberes.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_de_lei_-_no_017_-cria_o_saeon.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2207/projeto_de_lei_-_018-_programa_alfabetiza_ourilandia.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2227/projeto_de_lei_-_no_021-2025__altera_lei_no_813.2022_medico_especialista.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2228/pl_-022-2025-proibicao_de_musicas_obscenas_e_apologia_a_crimes_em_escolas-__euder.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2229/pl-023-2025-_leitura_biblica_como_recurso_paradidatico-_euder.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2232/projeto_d_elei_no_024-2025_-dide.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_-_altera_lei_no_871.2023_-_cargos_sec._obras_asfalto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_lei_-_026-2025_lotes_casas_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2262/projeto_de_lei_no_027_2025_suplementacao_superavit_financeiro_1.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2272/ppa-ourilandia-2026-2029-volume_unico.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2285/projeto_de_lei_no_029_2025_institui_o_programa_caminho_seguro.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2290/projeto_de_lei_-_indenizacao_desapropriacao_lotes_ubs_anexos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2291/pl_000.2025_-_transporte_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2294/projeto_de_lei_-_projeto_de_lei_-_altera_lei_no_668.2017_-_cica_anexo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2302/projeto_de_lei_-_autorizacao_desapropriacaao_parque_exposicoes_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2308/projeto_de_lei_-_altera_lei_no_891.2024_-_cmdca_fia_e_ct.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2309/projeto_de_lei_-_denomina_centro_municipal_de_mamografia_valderina_pereira_reges_soares.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2310/projeto_de_lei_-_altera_lei_no_899.204__diarias_agente_politico_e_servidores.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2311/projeto_de_lei_-_prevencao_e_enfrentamento_da_exclusao_escolar.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_de_lei_-_diretor_educacao_infantil_2.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_no_041-2025_-charles1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2318/pl_-_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2319/projeto_de_lei_043_2025_-_regulamentacao_das_emendas_de_bancada_e_impositivas.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2388/projeto_de_lei_altera_a_lei_697.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2162/resolucao_suprimentos_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2186/projeto_de_resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2198/projeto_de_resolucao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto__de_resolucao_no_004-2025_-governo_digital.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2387/projeto_de_resolucao_emenda_na_resolucao_021_2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2391/resolucao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2329/requerimento_-_retirada_de_pauta_projeto_app.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2273/veto_projeto_de_lei_no_027.2025_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2312/estimativa_do_impacto_orcamentario_diretores.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2306/impacto_orcamentario_e_declaracao_financeira.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2304/impacto_e_declaracao_financeiro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2378/emenda_do_presidente_da_comissao_no_059.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2379/emenda_do_presidente_da_comissao_no_060.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2380/emenda_do_presidente_da_comissao_no_061.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2381/emenda_do_presidente_da_comissao_no_062.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourilandiadonorte.pa.leg.br/media/sapl/public/materialegislativa/2025/2382/emenda_do_relator_da_comissao_no_063.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H159"/>
+  <dimension ref="A1:H225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="59.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="42.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="74.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="170" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2404,3843 +3034,5505 @@
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D12" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="F12" t="s">
+      <c r="H12" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="H13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F14" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="D15" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F15" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="H15" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>66</v>
       </c>
       <c r="D16" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="H16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F17" t="s">
         <v>67</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="H17" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F19" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F20" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21" t="s">
         <v>85</v>
       </c>
-      <c r="B21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H21" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F22" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F23" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="H23" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>21</v>
+      </c>
+      <c r="F24" t="s">
         <v>98</v>
       </c>
-      <c r="B24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G24" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="H24" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D25" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>51</v>
+        <v>21</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H25" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D26" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F26" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="H26" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" t="s">
         <v>111</v>
       </c>
-      <c r="B27" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G27" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H27" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D28" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="H28" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D29" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F29" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="D30" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F30" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D31" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F31" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>31</v>
+        <v>133</v>
       </c>
       <c r="H31" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D32" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="H32" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="D33" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F33" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="H33" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="D34" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F34" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>31</v>
+        <v>145</v>
       </c>
       <c r="H34" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="D35" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F35" t="s">
-        <v>52</v>
+        <v>149</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>31</v>
+        <v>150</v>
       </c>
       <c r="H35" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="D36" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F36" t="s">
-        <v>79</v>
+        <v>149</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>31</v>
+        <v>154</v>
       </c>
       <c r="H36" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="D37" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F37" t="s">
-        <v>79</v>
+        <v>149</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>31</v>
+        <v>158</v>
       </c>
       <c r="H37" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="H38" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
       <c r="D39" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F39" t="s">
-        <v>131</v>
+        <v>166</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="H39" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="D40" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="H40" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="D41" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F41" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="H41" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="D42" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F42" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="H42" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="D43" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F43" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="H43" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="D44" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F44" t="s">
-        <v>75</v>
+        <v>187</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>31</v>
+        <v>188</v>
       </c>
       <c r="H44" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="D45" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F45" t="s">
-        <v>79</v>
+        <v>187</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>177</v>
+        <v>192</v>
       </c>
       <c r="H45" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="D46" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F46" t="s">
-        <v>79</v>
+        <v>187</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>181</v>
+        <v>196</v>
       </c>
       <c r="H46" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="D47" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F47" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="H47" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="D48" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F48" t="s">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="H48" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="D49" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F49" t="s">
         <v>26</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="H49" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="D50" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F50" t="s">
-        <v>26</v>
+        <v>212</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>198</v>
+        <v>213</v>
       </c>
       <c r="H50" t="s">
-        <v>199</v>
+        <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>201</v>
+        <v>216</v>
       </c>
       <c r="D51" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F51" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>31</v>
+        <v>217</v>
       </c>
       <c r="H51" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="D52" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>31</v>
+        <v>221</v>
       </c>
       <c r="H52" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>206</v>
+        <v>223</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>207</v>
+        <v>224</v>
       </c>
       <c r="D53" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F53" t="s">
-        <v>108</v>
+        <v>212</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="H53" t="s">
-        <v>208</v>
+        <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>210</v>
+        <v>228</v>
       </c>
       <c r="D54" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>31</v>
+        <v>229</v>
       </c>
       <c r="H54" t="s">
-        <v>211</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="D55" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="H55" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="D56" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="H56" t="s">
-        <v>219</v>
+        <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="D57" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>222</v>
+        <v>241</v>
       </c>
       <c r="H57" t="s">
-        <v>223</v>
+        <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>225</v>
+        <v>244</v>
       </c>
       <c r="D58" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>226</v>
+        <v>245</v>
       </c>
       <c r="H58" t="s">
-        <v>227</v>
+        <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>229</v>
+        <v>248</v>
       </c>
       <c r="D59" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F59" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="H59" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>232</v>
+        <v>251</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="D60" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F60" t="s">
-        <v>108</v>
+        <v>166</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>234</v>
+        <v>253</v>
       </c>
       <c r="H60" t="s">
-        <v>235</v>
+        <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>237</v>
+        <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E61" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F61" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>238</v>
+        <v>258</v>
       </c>
       <c r="H61" t="s">
-        <v>239</v>
+        <v>259</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>240</v>
+        <v>260</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
+        <v>16</v>
       </c>
       <c r="D62" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E62" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>242</v>
+        <v>261</v>
       </c>
       <c r="H62" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>244</v>
+        <v>263</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="D63" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E63" t="s">
-        <v>51</v>
+        <v>257</v>
+      </c>
+      <c r="F63" t="s">
+        <v>85</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>31</v>
+        <v>264</v>
       </c>
       <c r="H63" t="s">
-        <v>246</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>247</v>
+        <v>266</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>248</v>
+        <v>34</v>
       </c>
       <c r="D64" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E64" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F64" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>31</v>
+        <v>267</v>
       </c>
       <c r="H64" t="s">
-        <v>249</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="D65" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E65" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F65" t="s">
-        <v>75</v>
+        <v>187</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>252</v>
+        <v>271</v>
       </c>
       <c r="H65" t="s">
-        <v>253</v>
+        <v>272</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>254</v>
+        <v>273</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>255</v>
+        <v>274</v>
       </c>
       <c r="D66" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E66" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F66" t="s">
-        <v>75</v>
+        <v>187</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>256</v>
+        <v>275</v>
       </c>
       <c r="H66" t="s">
-        <v>257</v>
+        <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>258</v>
+        <v>277</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>259</v>
+        <v>37</v>
       </c>
       <c r="D67" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E67" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F67" t="s">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="H67" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>263</v>
+        <v>40</v>
       </c>
       <c r="D68" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E68" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F68" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="H68" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>266</v>
+        <v>283</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>267</v>
+        <v>43</v>
       </c>
       <c r="D69" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E69" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F69" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>31</v>
+        <v>284</v>
       </c>
       <c r="H69" t="s">
-        <v>268</v>
+        <v>285</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="D70" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E70" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F70" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>271</v>
+        <v>288</v>
       </c>
       <c r="H70" t="s">
-        <v>272</v>
+        <v>289</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>273</v>
+        <v>290</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="D71" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E71" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F71" t="s">
-        <v>26</v>
+        <v>212</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
       <c r="H71" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>278</v>
+        <v>50</v>
       </c>
       <c r="D72" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E72" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F72" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="H72" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>282</v>
+        <v>54</v>
       </c>
       <c r="D73" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E73" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F73" t="s">
-        <v>283</v>
+        <v>149</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="H73" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>287</v>
+        <v>59</v>
       </c>
       <c r="D74" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E74" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>257</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="H74" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>291</v>
+        <v>63</v>
       </c>
       <c r="D75" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E75" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F75" t="s">
-        <v>283</v>
+        <v>67</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="H75" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>295</v>
+        <v>66</v>
       </c>
       <c r="D76" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E76" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F76" t="s">
-        <v>283</v>
+        <v>67</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="H76" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>299</v>
+        <v>71</v>
       </c>
       <c r="D77" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E77" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F77" t="s">
-        <v>283</v>
+        <v>22</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>300</v>
+        <v>31</v>
       </c>
       <c r="H77" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>303</v>
+        <v>75</v>
       </c>
       <c r="D78" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E78" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F78" t="s">
-        <v>283</v>
+        <v>67</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="H78" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>307</v>
+        <v>80</v>
       </c>
       <c r="D79" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E79" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F79" t="s">
-        <v>79</v>
+        <v>187</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="H79" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>311</v>
+        <v>84</v>
       </c>
       <c r="D80" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E80" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F80" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>312</v>
+        <v>31</v>
       </c>
       <c r="H80" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>315</v>
+        <v>89</v>
       </c>
       <c r="D81" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E81" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F81" t="s">
-        <v>79</v>
+        <v>166</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>316</v>
+        <v>31</v>
       </c>
       <c r="H81" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>319</v>
+        <v>93</v>
       </c>
       <c r="D82" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E82" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F82" t="s">
-        <v>283</v>
+        <v>166</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>320</v>
+        <v>31</v>
       </c>
       <c r="H82" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>322</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
+        <v>97</v>
+      </c>
+      <c r="D83" t="s">
+        <v>256</v>
+      </c>
+      <c r="E83" t="s">
+        <v>257</v>
+      </c>
+      <c r="F83" t="s">
+        <v>166</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H83" t="s">
         <v>323</v>
-      </c>
-[...13 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>327</v>
+        <v>102</v>
       </c>
       <c r="D84" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E84" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F84" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>328</v>
+        <v>31</v>
       </c>
       <c r="H84" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>331</v>
+        <v>106</v>
       </c>
       <c r="D85" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E85" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F85" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>332</v>
+        <v>31</v>
       </c>
       <c r="H85" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>335</v>
+        <v>110</v>
       </c>
       <c r="D86" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E86" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F86" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>336</v>
+        <v>31</v>
       </c>
       <c r="H86" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>339</v>
+        <v>115</v>
       </c>
       <c r="D87" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="E87" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="F87" t="s">
-        <v>26</v>
+        <v>166</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="H87" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>176</v>
+        <v>119</v>
       </c>
       <c r="D88" t="s">
-        <v>343</v>
+        <v>256</v>
       </c>
       <c r="E88" t="s">
-        <v>344</v>
+        <v>257</v>
       </c>
       <c r="F88" t="s">
-        <v>345</v>
+        <v>166</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="H88" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D89" t="s">
-        <v>349</v>
+        <v>256</v>
       </c>
       <c r="E89" t="s">
-        <v>350</v>
+        <v>257</v>
       </c>
       <c r="F89" t="s">
-        <v>345</v>
+        <v>149</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="H89" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>10</v>
+        <v>128</v>
       </c>
       <c r="D90" t="s">
-        <v>354</v>
+        <v>256</v>
       </c>
       <c r="E90" t="s">
-        <v>355</v>
+        <v>257</v>
       </c>
       <c r="F90" t="s">
-        <v>90</v>
+        <v>149</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>356</v>
+        <v>340</v>
       </c>
       <c r="H90" t="s">
-        <v>357</v>
+        <v>341</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="D91" t="s">
-        <v>359</v>
+        <v>256</v>
       </c>
       <c r="E91" t="s">
-        <v>359</v>
+        <v>257</v>
       </c>
       <c r="F91" t="s">
-        <v>345</v>
+        <v>76</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>360</v>
+        <v>343</v>
       </c>
       <c r="H91" t="s">
-        <v>361</v>
+        <v>344</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>362</v>
+        <v>345</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="D92" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E92" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F92" t="s">
+        <v>111</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>31</v>
+        <v>346</v>
       </c>
       <c r="H92" t="s">
-        <v>365</v>
+        <v>347</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>366</v>
+        <v>348</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>16</v>
+        <v>144</v>
       </c>
       <c r="D93" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E93" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F93" t="s">
+        <v>111</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H93" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>66</v>
+        <v>148</v>
       </c>
       <c r="D94" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E94" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F94" t="s">
+        <v>120</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>31</v>
+        <v>351</v>
       </c>
       <c r="H94" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>37</v>
+        <v>153</v>
       </c>
       <c r="D95" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E95" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F95" t="s">
+        <v>120</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
       <c r="H95" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>116</v>
+        <v>157</v>
       </c>
       <c r="D96" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E96" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F96" t="s">
+        <v>120</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>31</v>
+        <v>357</v>
       </c>
       <c r="H96" t="s">
-        <v>373</v>
+        <v>358</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>374</v>
+        <v>359</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>119</v>
+        <v>161</v>
       </c>
       <c r="D97" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E97" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F97" t="s">
+        <v>55</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>31</v>
+        <v>360</v>
       </c>
       <c r="H97" t="s">
-        <v>375</v>
+        <v>361</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>376</v>
+        <v>362</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>130</v>
+        <v>165</v>
       </c>
       <c r="D98" t="s">
+        <v>256</v>
+      </c>
+      <c r="E98" t="s">
+        <v>257</v>
+      </c>
+      <c r="F98" t="s">
+        <v>26</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="E98" t="s">
+      <c r="H98" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>379</v>
+        <v>365</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="D99" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E99" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F99" t="s">
+        <v>26</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="H99" t="s">
-        <v>381</v>
+        <v>367</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>382</v>
+        <v>368</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>143</v>
+        <v>174</v>
       </c>
       <c r="D100" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E100" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F100" t="s">
+        <v>212</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H100" t="s">
-        <v>383</v>
+        <v>369</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>384</v>
+        <v>370</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>153</v>
+        <v>178</v>
       </c>
       <c r="D101" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E101" t="s">
-        <v>364</v>
+        <v>257</v>
+      </c>
+      <c r="F101" t="s">
+        <v>76</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H101" t="s">
-        <v>385</v>
+        <v>371</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="D102" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E102" t="s">
-        <v>364</v>
+        <v>257</v>
       </c>
       <c r="F102" t="s">
-        <v>387</v>
+        <v>67</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>388</v>
+        <v>31</v>
       </c>
       <c r="H102" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>390</v>
+        <v>374</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>161</v>
+        <v>207</v>
       </c>
       <c r="D103" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E103" t="s">
-        <v>364</v>
+        <v>257</v>
       </c>
       <c r="F103" t="s">
-        <v>387</v>
+        <v>67</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>391</v>
+        <v>31</v>
       </c>
       <c r="H103" t="s">
-        <v>392</v>
+        <v>375</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>165</v>
+        <v>211</v>
       </c>
       <c r="D104" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="E104" t="s">
-        <v>364</v>
+        <v>257</v>
       </c>
       <c r="F104" t="s">
-        <v>387</v>
+        <v>111</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>394</v>
+        <v>377</v>
       </c>
       <c r="H104" t="s">
-        <v>395</v>
+        <v>378</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>396</v>
+        <v>379</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>153</v>
+        <v>216</v>
       </c>
       <c r="D105" t="s">
-        <v>397</v>
+        <v>256</v>
       </c>
       <c r="E105" t="s">
-        <v>398</v>
+        <v>257</v>
       </c>
       <c r="F105" t="s">
-        <v>345</v>
+        <v>22</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="H105" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="D106" t="s">
-        <v>402</v>
+        <v>256</v>
       </c>
       <c r="E106" t="s">
-        <v>403</v>
+        <v>257</v>
       </c>
       <c r="F106" t="s">
-        <v>404</v>
+        <v>22</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="H106" t="s">
-        <v>406</v>
+        <v>384</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>407</v>
+        <v>385</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>16</v>
+        <v>224</v>
       </c>
       <c r="D107" t="s">
-        <v>402</v>
+        <v>256</v>
       </c>
       <c r="E107" t="s">
-        <v>403</v>
+        <v>257</v>
       </c>
       <c r="F107" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>408</v>
+        <v>386</v>
       </c>
       <c r="H107" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>410</v>
+        <v>388</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>30</v>
+        <v>228</v>
       </c>
       <c r="D108" t="s">
-        <v>402</v>
+        <v>256</v>
       </c>
       <c r="E108" t="s">
-        <v>403</v>
+        <v>257</v>
+      </c>
+      <c r="F108" t="s">
+        <v>120</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="H108" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>34</v>
+        <v>232</v>
       </c>
       <c r="D109" t="s">
-        <v>402</v>
+        <v>256</v>
       </c>
       <c r="E109" t="s">
-        <v>403</v>
+        <v>257</v>
+      </c>
+      <c r="F109" t="s">
+        <v>67</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>414</v>
+        <v>392</v>
       </c>
       <c r="H109" t="s">
-        <v>415</v>
+        <v>393</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>416</v>
+        <v>394</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>66</v>
+        <v>236</v>
       </c>
       <c r="D110" t="s">
-        <v>402</v>
+        <v>256</v>
       </c>
       <c r="E110" t="s">
-        <v>403</v>
+        <v>257</v>
       </c>
       <c r="F110" t="s">
-        <v>387</v>
+        <v>85</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>417</v>
+        <v>395</v>
       </c>
       <c r="H110" t="s">
-        <v>418</v>
+        <v>396</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>419</v>
+        <v>397</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="D111" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E111" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F111" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="H111" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>424</v>
+        <v>400</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>16</v>
+        <v>244</v>
       </c>
       <c r="D112" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E112" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>257</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>425</v>
+        <v>31</v>
       </c>
       <c r="H112" t="s">
-        <v>426</v>
+        <v>401</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>427</v>
+        <v>402</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>30</v>
+        <v>403</v>
       </c>
       <c r="D113" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E113" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F113" t="s">
-        <v>345</v>
+        <v>166</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>428</v>
+        <v>31</v>
       </c>
       <c r="H113" t="s">
-        <v>429</v>
+        <v>404</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>430</v>
+        <v>405</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>34</v>
+        <v>406</v>
       </c>
       <c r="D114" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E114" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F114" t="s">
-        <v>345</v>
+        <v>111</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
       <c r="H114" t="s">
-        <v>432</v>
+        <v>408</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>433</v>
+        <v>409</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>66</v>
+        <v>410</v>
       </c>
       <c r="D115" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E115" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F115" t="s">
-        <v>345</v>
+        <v>111</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>434</v>
+        <v>411</v>
       </c>
       <c r="H115" t="s">
-        <v>435</v>
+        <v>412</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>436</v>
+        <v>413</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>71</v>
+        <v>414</v>
       </c>
       <c r="D116" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E116" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F116" t="s">
-        <v>345</v>
+        <v>111</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>437</v>
+        <v>415</v>
       </c>
       <c r="H116" t="s">
-        <v>438</v>
+        <v>416</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>439</v>
+        <v>417</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>37</v>
+        <v>418</v>
       </c>
       <c r="D117" t="s">
+        <v>256</v>
+      </c>
+      <c r="E117" t="s">
+        <v>257</v>
+      </c>
+      <c r="F117" t="s">
+        <v>212</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H117" t="s">
         <v>420</v>
-      </c>
-[...10 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>40</v>
+        <v>248</v>
       </c>
       <c r="D118" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E118" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F118" t="s">
-        <v>345</v>
+        <v>149</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>443</v>
+        <v>31</v>
       </c>
       <c r="H118" t="s">
-        <v>444</v>
+        <v>422</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>445</v>
+        <v>423</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>43</v>
+        <v>252</v>
       </c>
       <c r="D119" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E119" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F119" t="s">
-        <v>345</v>
+        <v>149</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>446</v>
+        <v>424</v>
       </c>
       <c r="H119" t="s">
-        <v>447</v>
+        <v>425</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>448</v>
+        <v>426</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>46</v>
+        <v>427</v>
       </c>
       <c r="D120" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E120" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F120" t="s">
-        <v>404</v>
+        <v>26</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>449</v>
+        <v>428</v>
       </c>
       <c r="H120" t="s">
-        <v>450</v>
+        <v>429</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>451</v>
+        <v>430</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>89</v>
+        <v>431</v>
       </c>
       <c r="D121" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E121" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F121" t="s">
-        <v>404</v>
+        <v>149</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>452</v>
+        <v>432</v>
       </c>
       <c r="H121" t="s">
-        <v>453</v>
+        <v>433</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>454</v>
+        <v>434</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>94</v>
+        <v>435</v>
       </c>
       <c r="D122" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E122" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F122" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>455</v>
+        <v>436</v>
       </c>
       <c r="H122" t="s">
-        <v>456</v>
+        <v>437</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>457</v>
+        <v>438</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>99</v>
+        <v>439</v>
       </c>
       <c r="D123" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E123" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F123" t="s">
-        <v>345</v>
+        <v>98</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>458</v>
+        <v>440</v>
       </c>
       <c r="H123" t="s">
-        <v>459</v>
+        <v>441</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>460</v>
+        <v>442</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>103</v>
+        <v>443</v>
       </c>
       <c r="D124" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E124" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F124" t="s">
-        <v>345</v>
+        <v>98</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>461</v>
+        <v>444</v>
       </c>
       <c r="H124" t="s">
-        <v>462</v>
+        <v>445</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>463</v>
+        <v>446</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>107</v>
+        <v>447</v>
       </c>
       <c r="D125" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E125" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F125" t="s">
-        <v>345</v>
+        <v>98</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
       <c r="H125" t="s">
-        <v>465</v>
+        <v>449</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>466</v>
+        <v>450</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>112</v>
+        <v>451</v>
       </c>
       <c r="D126" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E126" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F126" t="s">
-        <v>345</v>
+        <v>98</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="H126" t="s">
-        <v>468</v>
+        <v>453</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>469</v>
+        <v>454</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>116</v>
+        <v>455</v>
       </c>
       <c r="D127" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E127" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F127" t="s">
-        <v>345</v>
+        <v>98</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>470</v>
+        <v>456</v>
       </c>
       <c r="H127" t="s">
-        <v>471</v>
+        <v>457</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>119</v>
+        <v>459</v>
       </c>
       <c r="D128" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E128" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F128" t="s">
-        <v>345</v>
+        <v>120</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>473</v>
+        <v>460</v>
       </c>
       <c r="H128" t="s">
-        <v>474</v>
+        <v>461</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>475</v>
+        <v>462</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>123</v>
+        <v>463</v>
       </c>
       <c r="D129" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E129" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F129" t="s">
-        <v>345</v>
+        <v>120</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>31</v>
+        <v>464</v>
       </c>
       <c r="H129" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>130</v>
+        <v>467</v>
       </c>
       <c r="D130" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E130" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F130" t="s">
-        <v>345</v>
+        <v>120</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="H130" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>134</v>
+        <v>471</v>
       </c>
       <c r="D131" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E131" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F131" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="H131" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>137</v>
+        <v>475</v>
       </c>
       <c r="D132" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E132" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F132" t="s">
-        <v>26</v>
+        <v>212</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="H132" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>140</v>
+        <v>479</v>
       </c>
       <c r="D133" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E133" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F133" t="s">
-        <v>345</v>
+        <v>111</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="H133" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>143</v>
+        <v>483</v>
       </c>
       <c r="D134" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E134" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F134" t="s">
-        <v>345</v>
+        <v>166</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="H134" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>146</v>
+        <v>487</v>
       </c>
       <c r="D135" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E135" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F135" t="s">
-        <v>345</v>
+        <v>26</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="H135" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>149</v>
+        <v>491</v>
       </c>
       <c r="D136" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="E136" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="F136" t="s">
-        <v>404</v>
+        <v>26</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="H136" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>494</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>148</v>
+      </c>
+      <c r="D137" t="s">
+        <v>495</v>
+      </c>
+      <c r="E137" t="s">
+        <v>496</v>
+      </c>
+      <c r="F137" t="s">
+        <v>497</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="B137" t="s">
-[...14 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>500</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>157</v>
+        <v>84</v>
       </c>
       <c r="D138" t="s">
-        <v>420</v>
+        <v>501</v>
       </c>
       <c r="E138" t="s">
-        <v>421</v>
+        <v>502</v>
       </c>
       <c r="F138" t="s">
-        <v>131</v>
+        <v>497</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H138" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>161</v>
+        <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>420</v>
+        <v>506</v>
       </c>
       <c r="E139" t="s">
-        <v>421</v>
+        <v>507</v>
       </c>
       <c r="F139" t="s">
-        <v>345</v>
+        <v>212</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="H139" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>165</v>
+        <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>420</v>
+        <v>511</v>
       </c>
       <c r="E140" t="s">
-        <v>421</v>
+        <v>511</v>
       </c>
       <c r="F140" t="s">
-        <v>26</v>
+        <v>497</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="H140" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>510</v>
+        <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E141" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>516</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>511</v>
+        <v>31</v>
       </c>
       <c r="H141" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
       <c r="D142" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E142" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>516</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>514</v>
+        <v>31</v>
       </c>
       <c r="H142" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>519</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>270</v>
+      </c>
+      <c r="D143" t="s">
+        <v>515</v>
+      </c>
+      <c r="E143" t="s">
         <v>516</v>
       </c>
-      <c r="B143" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G143" s="1" t="s">
-        <v>517</v>
+        <v>31</v>
       </c>
       <c r="H143" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>184</v>
+        <v>37</v>
       </c>
       <c r="D144" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E144" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>516</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="H144" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>188</v>
+        <v>71</v>
       </c>
       <c r="D145" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E145" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>516</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>523</v>
+        <v>31</v>
       </c>
       <c r="H145" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>193</v>
+        <v>75</v>
       </c>
       <c r="D146" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E146" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>516</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>526</v>
+        <v>31</v>
       </c>
       <c r="H146" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>528</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>197</v>
+        <v>89</v>
       </c>
       <c r="D147" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E147" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>516</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>529</v>
       </c>
       <c r="H147" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>531</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>201</v>
+        <v>93</v>
       </c>
       <c r="D148" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E148" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>516</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>532</v>
       </c>
       <c r="H148" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>534</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>204</v>
+        <v>106</v>
       </c>
       <c r="D149" t="s">
-        <v>420</v>
+        <v>515</v>
       </c>
       <c r="E149" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>516</v>
       </c>
       <c r="G149" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H149" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>536</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>119</v>
+      </c>
+      <c r="D150" t="s">
+        <v>515</v>
+      </c>
+      <c r="E150" t="s">
+        <v>516</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H150" t="s">
         <v>537</v>
-      </c>
-[...19 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>538</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>124</v>
+      </c>
+      <c r="D151" t="s">
+        <v>515</v>
+      </c>
+      <c r="E151" t="s">
+        <v>516</v>
+      </c>
+      <c r="F151" t="s">
+        <v>539</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H151" t="s">
         <v>541</v>
-      </c>
-[...19 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
       <c r="D152" t="s">
-        <v>542</v>
+        <v>515</v>
       </c>
       <c r="E152" t="s">
+        <v>516</v>
+      </c>
+      <c r="F152" t="s">
+        <v>539</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="F152" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H152" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="D153" t="s">
-        <v>542</v>
+        <v>515</v>
       </c>
       <c r="E153" t="s">
-        <v>543</v>
+        <v>516</v>
       </c>
       <c r="F153" t="s">
-        <v>131</v>
+        <v>539</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="H153" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="D154" t="s">
-        <v>542</v>
+        <v>515</v>
       </c>
       <c r="E154" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>516</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="H154" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>174</v>
       </c>
       <c r="D155" t="s">
-        <v>556</v>
+        <v>515</v>
       </c>
       <c r="E155" t="s">
-        <v>557</v>
+        <v>516</v>
       </c>
       <c r="F155" t="s">
-        <v>345</v>
+        <v>552</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="H155" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="D156" t="s">
-        <v>561</v>
+        <v>515</v>
       </c>
       <c r="E156" t="s">
-        <v>562</v>
+        <v>516</v>
+      </c>
+      <c r="F156" t="s">
+        <v>556</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>31</v>
+        <v>557</v>
       </c>
       <c r="H156" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>16</v>
+        <v>182</v>
       </c>
       <c r="D157" t="s">
+        <v>515</v>
+      </c>
+      <c r="E157" t="s">
+        <v>516</v>
+      </c>
+      <c r="F157" t="s">
+        <v>556</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H157" t="s">
         <v>561</v>
-      </c>
-[...10 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>161</v>
+        <v>186</v>
       </c>
       <c r="D158" t="s">
-        <v>561</v>
+        <v>515</v>
       </c>
       <c r="E158" t="s">
-        <v>562</v>
+        <v>516</v>
       </c>
       <c r="F158" t="s">
-        <v>345</v>
+        <v>556</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="H158" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>565</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>191</v>
+      </c>
+      <c r="D159" t="s">
+        <v>515</v>
+      </c>
+      <c r="E159" t="s">
+        <v>516</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H159" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>568</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>195</v>
+      </c>
+      <c r="D160" t="s">
+        <v>515</v>
+      </c>
+      <c r="E160" t="s">
+        <v>516</v>
+      </c>
+      <c r="F160" t="s">
+        <v>539</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H160" t="s">
         <v>570</v>
       </c>
-      <c r="B159" t="s">
-[...14 lines deleted...]
-      <c r="G159" s="1" t="s">
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
         <v>571</v>
       </c>
-      <c r="H159" t="s">
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>199</v>
+      </c>
+      <c r="D161" t="s">
+        <v>515</v>
+      </c>
+      <c r="E161" t="s">
+        <v>516</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>572</v>
+      </c>
+      <c r="H161" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>574</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>119</v>
+      </c>
+      <c r="D162" t="s">
+        <v>575</v>
+      </c>
+      <c r="E162" t="s">
+        <v>576</v>
+      </c>
+      <c r="F162" t="s">
+        <v>497</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H162" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>579</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>10</v>
+      </c>
+      <c r="D163" t="s">
+        <v>580</v>
+      </c>
+      <c r="E163" t="s">
+        <v>581</v>
+      </c>
+      <c r="F163" t="s">
+        <v>582</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H163" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>585</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>16</v>
+      </c>
+      <c r="D164" t="s">
+        <v>580</v>
+      </c>
+      <c r="E164" t="s">
+        <v>581</v>
+      </c>
+      <c r="F164" t="s">
+        <v>85</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H164" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>588</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>30</v>
+      </c>
+      <c r="D165" t="s">
+        <v>580</v>
+      </c>
+      <c r="E165" t="s">
+        <v>581</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H165" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>591</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>34</v>
+      </c>
+      <c r="D166" t="s">
+        <v>580</v>
+      </c>
+      <c r="E166" t="s">
+        <v>581</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H166" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>594</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>270</v>
+      </c>
+      <c r="D167" t="s">
+        <v>580</v>
+      </c>
+      <c r="E167" t="s">
+        <v>581</v>
+      </c>
+      <c r="F167" t="s">
+        <v>539</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H167" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>597</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>10</v>
+      </c>
+      <c r="D168" t="s">
+        <v>598</v>
+      </c>
+      <c r="E168" t="s">
+        <v>599</v>
+      </c>
+      <c r="F168" t="s">
+        <v>166</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H168" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>602</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>16</v>
+      </c>
+      <c r="D169" t="s">
+        <v>598</v>
+      </c>
+      <c r="E169" t="s">
+        <v>599</v>
+      </c>
+      <c r="F169" t="s">
+        <v>497</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H169" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>605</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>30</v>
+      </c>
+      <c r="D170" t="s">
+        <v>598</v>
+      </c>
+      <c r="E170" t="s">
+        <v>599</v>
+      </c>
+      <c r="F170" t="s">
+        <v>497</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H170" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>608</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>34</v>
+      </c>
+      <c r="D171" t="s">
+        <v>598</v>
+      </c>
+      <c r="E171" t="s">
+        <v>599</v>
+      </c>
+      <c r="F171" t="s">
+        <v>497</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H171" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>611</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>270</v>
+      </c>
+      <c r="D172" t="s">
+        <v>598</v>
+      </c>
+      <c r="E172" t="s">
+        <v>599</v>
+      </c>
+      <c r="F172" t="s">
+        <v>497</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H172" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>614</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>274</v>
+      </c>
+      <c r="D173" t="s">
+        <v>598</v>
+      </c>
+      <c r="E173" t="s">
+        <v>599</v>
+      </c>
+      <c r="F173" t="s">
+        <v>497</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H173" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>617</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>37</v>
+      </c>
+      <c r="D174" t="s">
+        <v>598</v>
+      </c>
+      <c r="E174" t="s">
+        <v>599</v>
+      </c>
+      <c r="F174" t="s">
+        <v>497</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H174" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>620</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>40</v>
+      </c>
+      <c r="D175" t="s">
+        <v>598</v>
+      </c>
+      <c r="E175" t="s">
+        <v>599</v>
+      </c>
+      <c r="F175" t="s">
+        <v>497</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H175" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>623</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>43</v>
+      </c>
+      <c r="D176" t="s">
+        <v>598</v>
+      </c>
+      <c r="E176" t="s">
+        <v>599</v>
+      </c>
+      <c r="F176" t="s">
+        <v>497</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H176" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>626</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>287</v>
+      </c>
+      <c r="D177" t="s">
+        <v>598</v>
+      </c>
+      <c r="E177" t="s">
+        <v>599</v>
+      </c>
+      <c r="F177" t="s">
+        <v>582</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H177" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>629</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>46</v>
+      </c>
+      <c r="D178" t="s">
+        <v>598</v>
+      </c>
+      <c r="E178" t="s">
+        <v>599</v>
+      </c>
+      <c r="F178" t="s">
+        <v>582</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H178" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>632</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>50</v>
+      </c>
+      <c r="D179" t="s">
+        <v>598</v>
+      </c>
+      <c r="E179" t="s">
+        <v>599</v>
+      </c>
+      <c r="F179" t="s">
+        <v>26</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H179" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>635</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>54</v>
+      </c>
+      <c r="D180" t="s">
+        <v>598</v>
+      </c>
+      <c r="E180" t="s">
+        <v>599</v>
+      </c>
+      <c r="F180" t="s">
+        <v>497</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H180" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>638</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>59</v>
+      </c>
+      <c r="D181" t="s">
+        <v>598</v>
+      </c>
+      <c r="E181" t="s">
+        <v>599</v>
+      </c>
+      <c r="F181" t="s">
+        <v>497</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H181" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>641</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>63</v>
+      </c>
+      <c r="D182" t="s">
+        <v>598</v>
+      </c>
+      <c r="E182" t="s">
+        <v>599</v>
+      </c>
+      <c r="F182" t="s">
+        <v>497</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H182" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>644</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>66</v>
+      </c>
+      <c r="D183" t="s">
+        <v>598</v>
+      </c>
+      <c r="E183" t="s">
+        <v>599</v>
+      </c>
+      <c r="F183" t="s">
+        <v>497</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H183" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>647</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>71</v>
+      </c>
+      <c r="D184" t="s">
+        <v>598</v>
+      </c>
+      <c r="E184" t="s">
+        <v>599</v>
+      </c>
+      <c r="F184" t="s">
+        <v>497</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H184" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>650</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>75</v>
+      </c>
+      <c r="D185" t="s">
+        <v>598</v>
+      </c>
+      <c r="E185" t="s">
+        <v>599</v>
+      </c>
+      <c r="F185" t="s">
+        <v>497</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H185" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>653</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>80</v>
+      </c>
+      <c r="D186" t="s">
+        <v>598</v>
+      </c>
+      <c r="E186" t="s">
+        <v>599</v>
+      </c>
+      <c r="F186" t="s">
+        <v>497</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H186" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>655</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>89</v>
+      </c>
+      <c r="D187" t="s">
+        <v>598</v>
+      </c>
+      <c r="E187" t="s">
+        <v>599</v>
+      </c>
+      <c r="F187" t="s">
+        <v>497</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H187" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>658</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>93</v>
+      </c>
+      <c r="D188" t="s">
+        <v>598</v>
+      </c>
+      <c r="E188" t="s">
+        <v>599</v>
+      </c>
+      <c r="F188" t="s">
+        <v>26</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H188" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>661</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>97</v>
+      </c>
+      <c r="D189" t="s">
+        <v>598</v>
+      </c>
+      <c r="E189" t="s">
+        <v>599</v>
+      </c>
+      <c r="F189" t="s">
+        <v>26</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="H189" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>664</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>102</v>
+      </c>
+      <c r="D190" t="s">
+        <v>598</v>
+      </c>
+      <c r="E190" t="s">
+        <v>599</v>
+      </c>
+      <c r="F190" t="s">
+        <v>497</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H190" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>667</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>106</v>
+      </c>
+      <c r="D191" t="s">
+        <v>598</v>
+      </c>
+      <c r="E191" t="s">
+        <v>599</v>
+      </c>
+      <c r="F191" t="s">
+        <v>497</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H191" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>670</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>110</v>
+      </c>
+      <c r="D192" t="s">
+        <v>598</v>
+      </c>
+      <c r="E192" t="s">
+        <v>599</v>
+      </c>
+      <c r="F192" t="s">
+        <v>497</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="H192" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>673</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>115</v>
+      </c>
+      <c r="D193" t="s">
+        <v>598</v>
+      </c>
+      <c r="E193" t="s">
+        <v>599</v>
+      </c>
+      <c r="F193" t="s">
+        <v>582</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H193" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>676</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>119</v>
+      </c>
+      <c r="D194" t="s">
+        <v>598</v>
+      </c>
+      <c r="E194" t="s">
+        <v>599</v>
+      </c>
+      <c r="F194" t="s">
+        <v>497</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H194" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>678</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>124</v>
+      </c>
+      <c r="D195" t="s">
+        <v>598</v>
+      </c>
+      <c r="E195" t="s">
+        <v>599</v>
+      </c>
+      <c r="F195" t="s">
+        <v>166</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H195" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>681</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>128</v>
+      </c>
+      <c r="D196" t="s">
+        <v>598</v>
+      </c>
+      <c r="E196" t="s">
+        <v>599</v>
+      </c>
+      <c r="F196" t="s">
+        <v>497</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H196" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>684</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>132</v>
+      </c>
+      <c r="D197" t="s">
+        <v>598</v>
+      </c>
+      <c r="E197" t="s">
+        <v>599</v>
+      </c>
+      <c r="F197" t="s">
+        <v>26</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H197" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>687</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>136</v>
+      </c>
+      <c r="D198" t="s">
+        <v>598</v>
+      </c>
+      <c r="E198" t="s">
+        <v>599</v>
+      </c>
+      <c r="F198" t="s">
+        <v>497</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H198" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>690</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>144</v>
+      </c>
+      <c r="D199" t="s">
+        <v>598</v>
+      </c>
+      <c r="E199" t="s">
+        <v>599</v>
+      </c>
+      <c r="F199" t="s">
+        <v>497</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H199" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>693</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>153</v>
+      </c>
+      <c r="D200" t="s">
+        <v>598</v>
+      </c>
+      <c r="E200" t="s">
+        <v>599</v>
+      </c>
+      <c r="F200" t="s">
+        <v>497</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H200" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>696</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>157</v>
+      </c>
+      <c r="D201" t="s">
+        <v>598</v>
+      </c>
+      <c r="E201" t="s">
+        <v>599</v>
+      </c>
+      <c r="F201" t="s">
+        <v>497</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H201" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>699</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>161</v>
+      </c>
+      <c r="D202" t="s">
+        <v>598</v>
+      </c>
+      <c r="E202" t="s">
+        <v>599</v>
+      </c>
+      <c r="F202" t="s">
+        <v>497</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H202" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>702</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>165</v>
+      </c>
+      <c r="D203" t="s">
+        <v>598</v>
+      </c>
+      <c r="E203" t="s">
+        <v>599</v>
+      </c>
+      <c r="F203" t="s">
+        <v>497</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H203" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>705</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>170</v>
+      </c>
+      <c r="D204" t="s">
+        <v>598</v>
+      </c>
+      <c r="E204" t="s">
+        <v>599</v>
+      </c>
+      <c r="F204" t="s">
+        <v>497</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H204" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>708</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>174</v>
+      </c>
+      <c r="D205" t="s">
+        <v>598</v>
+      </c>
+      <c r="E205" t="s">
+        <v>599</v>
+      </c>
+      <c r="F205" t="s">
+        <v>85</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H205" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>711</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>178</v>
+      </c>
+      <c r="D206" t="s">
+        <v>598</v>
+      </c>
+      <c r="E206" t="s">
+        <v>599</v>
+      </c>
+      <c r="F206" t="s">
+        <v>26</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H206" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>714</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>182</v>
+      </c>
+      <c r="D207" t="s">
+        <v>598</v>
+      </c>
+      <c r="E207" t="s">
+        <v>599</v>
+      </c>
+      <c r="F207" t="s">
+        <v>166</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H207" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>717</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>186</v>
+      </c>
+      <c r="D208" t="s">
+        <v>598</v>
+      </c>
+      <c r="E208" t="s">
+        <v>599</v>
+      </c>
+      <c r="F208" t="s">
+        <v>166</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H208" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>720</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>10</v>
+      </c>
+      <c r="D209" t="s">
+        <v>721</v>
+      </c>
+      <c r="E209" t="s">
+        <v>722</v>
+      </c>
+      <c r="F209" t="s">
+        <v>166</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="H209" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>725</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>16</v>
+      </c>
+      <c r="D210" t="s">
+        <v>721</v>
+      </c>
+      <c r="E210" t="s">
+        <v>722</v>
+      </c>
+      <c r="F210" t="s">
+        <v>582</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H210" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>728</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>30</v>
+      </c>
+      <c r="D211" t="s">
+        <v>721</v>
+      </c>
+      <c r="E211" t="s">
+        <v>722</v>
+      </c>
+      <c r="F211" t="s">
+        <v>166</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H211" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>731</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>34</v>
+      </c>
+      <c r="D212" t="s">
+        <v>721</v>
+      </c>
+      <c r="E212" t="s">
+        <v>722</v>
+      </c>
+      <c r="F212" t="s">
+        <v>582</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H212" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>734</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>270</v>
+      </c>
+      <c r="D213" t="s">
+        <v>721</v>
+      </c>
+      <c r="E213" t="s">
+        <v>722</v>
+      </c>
+      <c r="F213" t="s">
+        <v>582</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H213" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>737</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>270</v>
+      </c>
+      <c r="D214" t="s">
+        <v>738</v>
+      </c>
+      <c r="E214" t="s">
+        <v>739</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H214" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>742</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>10</v>
+      </c>
+      <c r="D215" t="s">
+        <v>743</v>
+      </c>
+      <c r="E215" t="s">
+        <v>744</v>
+      </c>
+      <c r="F215" t="s">
+        <v>26</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H215" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>747</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>10</v>
+      </c>
+      <c r="D216" t="s">
+        <v>748</v>
+      </c>
+      <c r="E216" t="s">
+        <v>749</v>
+      </c>
+      <c r="F216" t="s">
+        <v>497</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H216" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>752</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>10</v>
+      </c>
+      <c r="D217" t="s">
+        <v>753</v>
+      </c>
+      <c r="E217" t="s">
+        <v>754</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H217" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>756</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>16</v>
+      </c>
+      <c r="D218" t="s">
+        <v>753</v>
+      </c>
+      <c r="E218" t="s">
+        <v>754</v>
+      </c>
+      <c r="F218" t="s">
+        <v>497</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H218" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>759</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>128</v>
+      </c>
+      <c r="D219" t="s">
+        <v>753</v>
+      </c>
+      <c r="E219" t="s">
+        <v>754</v>
+      </c>
+      <c r="F219" t="s">
+        <v>497</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H219" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>762</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>144</v>
+      </c>
+      <c r="D220" t="s">
+        <v>753</v>
+      </c>
+      <c r="E220" t="s">
+        <v>754</v>
+      </c>
+      <c r="F220" t="s">
+        <v>497</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H220" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>765</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>403</v>
+      </c>
+      <c r="D221" t="s">
+        <v>766</v>
+      </c>
+      <c r="E221" t="s">
+        <v>767</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H221" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>770</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>406</v>
+      </c>
+      <c r="D222" t="s">
+        <v>766</v>
+      </c>
+      <c r="E222" t="s">
+        <v>767</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H222" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>773</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>410</v>
+      </c>
+      <c r="D223" t="s">
+        <v>766</v>
+      </c>
+      <c r="E223" t="s">
+        <v>767</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H223" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>776</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>414</v>
+      </c>
+      <c r="D224" t="s">
+        <v>766</v>
+      </c>
+      <c r="E224" t="s">
+        <v>767</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H224" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>779</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>418</v>
+      </c>
+      <c r="D225" t="s">
+        <v>780</v>
+      </c>
+      <c r="E225" t="s">
+        <v>781</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H225" t="s">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6359,50 +8651,116 @@
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>